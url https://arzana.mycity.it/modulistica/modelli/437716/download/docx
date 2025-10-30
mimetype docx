--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1423401496"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1423401496"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3623569856"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3623569856"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3623569856"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1423401496"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1423401496"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3623569856"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3623569856"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3623569856"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1423401496"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1423401496"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3623569856"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3623569856"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3623569856"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1423401496"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1423401496"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3623569856"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3623569856"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3623569856"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1423401496"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1423401496"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3623569856"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3623569856"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3623569856"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1423401496"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1423401496"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3623569856"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3623569856"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3623569856"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1423401496"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1423401496"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3623569856"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3623569856"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3623569856"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1423401496"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1423401496"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3623569856"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3623569856"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3623569856"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1423401496"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1423401496"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3623569856"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3623569856"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3623569856"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>