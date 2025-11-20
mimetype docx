--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3623569856"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3623569856"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_469143164"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_469143164"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_469143164"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3623569856"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3623569856"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_469143164"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_469143164"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_469143164"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3623569856"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3623569856"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_469143164"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_469143164"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_469143164"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3623569856"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3623569856"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_469143164"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_469143164"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_469143164"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3623569856"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3623569856"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_469143164"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_469143164"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_469143164"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3623569856"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3623569856"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_469143164"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_469143164"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_469143164"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3623569856"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3623569856"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_469143164"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_469143164"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_469143164"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3623569856"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3623569856"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_469143164"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_469143164"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_469143164"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3623569856"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3623569856"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_469143164"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_469143164"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_469143164"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>