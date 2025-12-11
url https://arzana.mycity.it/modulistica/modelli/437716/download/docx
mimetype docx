--- v2 (2025-11-20)
+++ v3 (2025-12-11)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_469143164"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_469143164"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2402925098"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2402925098"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2402925098"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_469143164"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_469143164"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2402925098"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2402925098"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2402925098"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_469143164"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_469143164"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2402925098"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2402925098"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2402925098"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_469143164"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_469143164"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2402925098"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2402925098"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2402925098"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_469143164"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_469143164"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2402925098"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2402925098"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2402925098"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_469143164"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_469143164"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2402925098"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2402925098"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2402925098"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_469143164"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_469143164"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2402925098"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2402925098"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2402925098"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_469143164"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_469143164"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2402925098"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2402925098"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2402925098"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_469143164"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_469143164"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2402925098"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2402925098"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2402925098"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>