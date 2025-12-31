--- v3 (2025-12-11)
+++ v4 (2025-12-31)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2402925098"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2402925098"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2904190103"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2904190103"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2904190103"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2402925098"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2402925098"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2904190103"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2904190103"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2904190103"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2402925098"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2402925098"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2904190103"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2904190103"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2904190103"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2402925098"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2402925098"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2904190103"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2904190103"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2904190103"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2402925098"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2402925098"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2904190103"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2904190103"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2904190103"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2402925098"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2402925098"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2904190103"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2904190103"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2904190103"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2402925098"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2402925098"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2904190103"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2904190103"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2904190103"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2402925098"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2402925098"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2904190103"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2904190103"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2904190103"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2402925098"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2402925098"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2904190103"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2904190103"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2904190103"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>