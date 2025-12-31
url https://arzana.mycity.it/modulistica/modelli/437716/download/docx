--- v4 (2025-12-31)
+++ v5 (2025-12-31)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2904190103"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2904190103"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1924984728"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1924984728"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1924984728"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2904190103"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2904190103"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1924984728"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1924984728"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1924984728"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2904190103"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2904190103"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1924984728"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1924984728"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1924984728"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2904190103"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2904190103"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1924984728"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1924984728"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1924984728"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2904190103"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2904190103"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1924984728"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1924984728"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1924984728"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2904190103"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2904190103"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1924984728"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1924984728"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1924984728"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2904190103"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2904190103"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1924984728"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1924984728"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1924984728"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2904190103"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2904190103"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1924984728"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1924984728"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1924984728"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2904190103"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2904190103"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1924984728"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1924984728"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1924984728"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>