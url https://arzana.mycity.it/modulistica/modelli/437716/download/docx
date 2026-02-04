--- v5 (2025-12-31)
+++ v6 (2026-02-04)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1924984728"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1924984728"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4233053236"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_4233053236"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4233053236"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1924984728"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1924984728"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4233053236"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_4233053236"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4233053236"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1924984728"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1924984728"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4233053236"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_4233053236"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4233053236"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1924984728"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1924984728"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4233053236"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_4233053236"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4233053236"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1924984728"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1924984728"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4233053236"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_4233053236"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4233053236"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1924984728"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1924984728"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4233053236"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_4233053236"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4233053236"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1924984728"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1924984728"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4233053236"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_4233053236"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4233053236"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1924984728"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1924984728"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4233053236"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_4233053236"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4233053236"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1924984728"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1924984728"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4233053236"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_4233053236"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4233053236"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>