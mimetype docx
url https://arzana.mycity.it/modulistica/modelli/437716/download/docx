--- v6 (2026-02-04)
+++ v7 (2026-02-04)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4233053236"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4233053236"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1422489858"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1422489858"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1422489858"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4233053236"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4233053236"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1422489858"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1422489858"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1422489858"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4233053236"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4233053236"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1422489858"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1422489858"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1422489858"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4233053236"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4233053236"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1422489858"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1422489858"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1422489858"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4233053236"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4233053236"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1422489858"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1422489858"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1422489858"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4233053236"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4233053236"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1422489858"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1422489858"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1422489858"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4233053236"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4233053236"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1422489858"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1422489858"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1422489858"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4233053236"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4233053236"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1422489858"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1422489858"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1422489858"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4233053236"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4233053236"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1422489858"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1422489858"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1422489858"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>