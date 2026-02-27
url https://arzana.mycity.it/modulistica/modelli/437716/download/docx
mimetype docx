--- v7 (2026-02-04)
+++ v8 (2026-02-27)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1422489858"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1422489858"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_813413139"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_813413139"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_813413139"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1422489858"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1422489858"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_813413139"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_813413139"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_813413139"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1422489858"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1422489858"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_813413139"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_813413139"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_813413139"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1422489858"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1422489858"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_813413139"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_813413139"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_813413139"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1422489858"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1422489858"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_813413139"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_813413139"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_813413139"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1422489858"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1422489858"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_813413139"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_813413139"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_813413139"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1422489858"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1422489858"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_813413139"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_813413139"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_813413139"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1422489858"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1422489858"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_813413139"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_813413139"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_813413139"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1422489858"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1422489858"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_813413139"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_813413139"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_813413139"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>