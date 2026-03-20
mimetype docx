--- v8 (2026-02-27)
+++ v9 (2026-03-20)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_813413139"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_813413139"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2666092961"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2666092961"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2666092961"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_813413139"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_813413139"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2666092961"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2666092961"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2666092961"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_813413139"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_813413139"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2666092961"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2666092961"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2666092961"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_813413139"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_813413139"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2666092961"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2666092961"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2666092961"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_813413139"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_813413139"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2666092961"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2666092961"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2666092961"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_813413139"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_813413139"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2666092961"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2666092961"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2666092961"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_813413139"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_813413139"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2666092961"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2666092961"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2666092961"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_813413139"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_813413139"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2666092961"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2666092961"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2666092961"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_813413139"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_813413139"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2666092961"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2666092961"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2666092961"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>